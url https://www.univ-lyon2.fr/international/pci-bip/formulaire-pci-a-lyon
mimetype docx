--- v0 (2025-11-19)
+++ v1 (2026-03-31)
@@ -1,2874 +1,3262 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="05E84BC1" w14:textId="13B94F4E" w:rsidR="00456508" w:rsidRPr="00E74F6C" w:rsidRDefault="008B173D" w:rsidP="00615AD2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C548309" wp14:editId="7191FD0D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C548309" wp14:editId="006C08CB">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1261110</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>1638300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-177800</wp:posOffset>
+                  <wp:posOffset>-389255</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5137460" cy="1460500"/>
+                <wp:extent cx="4556235" cy="1460500"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Zone de texte 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5137460" cy="1460500"/>
+                          <a:ext cx="4556235" cy="1460500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="76C08DBB" w14:textId="0449274A" w:rsidR="00563EBD" w:rsidRPr="00B0143A" w:rsidRDefault="002C120F" w:rsidP="008B173D">
+                          <w:p w14:paraId="76C08DBB" w14:textId="0449274A" w:rsidR="00563EBD" w:rsidRPr="00C546F6" w:rsidRDefault="002C120F" w:rsidP="008B173D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                               <w:t xml:space="preserve">FICHE DE </w:t>
                             </w:r>
-                            <w:r w:rsidR="008F0FB8">
+                            <w:r w:rsidR="008F0FB8" w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
-                            <w:r w:rsidR="008F0FB8" w:rsidRPr="008F0FB8">
+                            <w:r w:rsidR="008F0FB8" w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                                 <w:vertAlign w:val="superscript"/>
                               </w:rPr>
                               <w:t>ÈRE</w:t>
                             </w:r>
-                            <w:r w:rsidR="008F0FB8">
+                            <w:r w:rsidR="008F0FB8" w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                               <w:t xml:space="preserve">DEMANDE DE </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3D3AA54E" w14:textId="7AD26B8A" w:rsidR="00563EBD" w:rsidRDefault="000F1CD6" w:rsidP="008B173D">
+                          <w:p w14:paraId="3D3AA54E" w14:textId="543FC0A6" w:rsidR="00563EBD" w:rsidRPr="00C546F6" w:rsidRDefault="006A40E3" w:rsidP="008B173D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="FF0000"/>
+                                <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="52"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
-                              <w:t>P</w:t>
-[...49 lines deleted...]
-                              <w:t>l</w:t>
+                              <w:t xml:space="preserve">PROGRAMME COURT INTERNATIONAL </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="75747488" w14:textId="5A71C437" w:rsidR="00327520" w:rsidRDefault="00327520" w:rsidP="008B173D">
+                          <w:p w14:paraId="75747488" w14:textId="5A71C437" w:rsidR="00327520" w:rsidRPr="00C546F6" w:rsidRDefault="00327520" w:rsidP="008B173D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:bCs/>
-[...4 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00C546F6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
-                                <w:bCs/>
-[...4 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                               <w:t>À LYON</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="59815735" w14:textId="3F343677" w:rsidR="00E14ACB" w:rsidRDefault="00E14ACB" w:rsidP="008B173D">
+                          <w:p w14:paraId="59815735" w14:textId="3F343677" w:rsidR="00E14ACB" w:rsidRPr="00C546F6" w:rsidRDefault="00E14ACB" w:rsidP="008B173D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                                <w:sz w:val="44"/>
-                                <w:szCs w:val="52"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="6C548309" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:99.3pt;margin-top:-14pt;width:404.5pt;height:115pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAk5nbAewIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+Z2lLN6BaOpVNQ0jT&#10;NrGhSby5jr1GOD5ju03Kr+ezk3Zl8DLES3K+++58992dT8+6xrCN8qEmW/Lx0YgzZSVVtX0s+df7&#10;yzfvOQtR2EoYsqrkWxX42fz1q9PWzdSEVmQq5RmC2DBrXclXMbpZUQS5Uo0IR+SUhVGTb0TE0T8W&#10;lRctojemmIxGJ0VLvnKepAoB2oveyOc5vtZKxhutg4rMlBy5xfz1+btM32J+KmaPXrhVLYc0xD9k&#10;0Yja4tJ9qAsRBVv7+o9QTS09BdLxSFJTkNa1VLkGVDMePavmbiWcyrWAnOD2NIX/F1Zeb249q6uS&#10;TzizokGLvqFRrFIsqi4qNkkUtS7MgLxzwMbuI3Vo9U4foEyVd9o36Y+aGOwge7snGJGYhPJ4/Pbd&#10;9AQmCdsY0vEot6B4cnc+xE+KGpaEknt0MBMrNlchIhVAd5B0m6XL2pjcRWN/UwDYa1Qeg8E7VdJn&#10;nKW4NSp5GftFadCQE0+KPIDq3Hi2ERgdIaWyMdec4wKdUBp3v8RxwCfXPquXOO898s1k4965qS35&#10;zNKztKvvu5R1jwd/B3UnMXbLbujwkqotGuyp35Lg5GWNJlyJEG+Fx1qgcVj1eIOPNtSWnAaJsxX5&#10;n3/TJzymFVbOWqxZycOPtfCKM/PZYo4/jKfTtJf5MD1+N8HBH1qWhxa7bs4J7RjjUXEyiwkfzU7U&#10;npoHvAiLdCtMwkrcXfK4E89jv/x4UaRaLDIIm+hEvLJ3TqbQid40Yvfdg/BumMO0DNe0W0gxezaO&#10;PTZ5WlqsI+k6z2oiuGd1IB5bnEd4eHHSM3F4zqind3H+CwAA//8DAFBLAwQUAAYACAAAACEAPPS/&#10;It4AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FqbCEoasqkQiCuI8iNx&#10;c+NtEhGvo9htwtuzPcFxZj/NzpSb2ffqSGPsAiNcLQ0o4jq4jhuE97enRQ4qJsvO9oEJ4YcibKrz&#10;s9IWLkz8SsdtapSEcCwsQpvSUGgd65a8jcswEMttH0Zvk8ix0W60k4T7XmfGrLS3HcuH1g700FL9&#10;vT14hI/n/dfntXlpHv3NMIXZaPZrjXh5Md/fgUo0pz8YTvWlOlTSaRcO7KLqRa/zlaAIiyyXUSfC&#10;mFuxdgiZyQzoqtT/R1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACTmdsB7AgAAXwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz0vyLeAAAA&#10;DAEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:129pt;margin-top:-30.65pt;width:358.75pt;height:115pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQW2ybfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvEzEMfkfiP0R5Z9eWdkC161Q6DSFN&#10;20SHJvGW5pL2RBKHxO1d+fU4uWtXBi9DvNw59mfH/mzn4rK1hu1UiDW4kg/PBpwpJ6Gq3brkXx+u&#10;37znLKJwlTDgVMn3KvLL2etXF42fqhFswFQqMAri4rTxJd8g+mlRRLlRVsQz8MqRUUOwAukY1kUV&#10;REPRrSlGg8F50UCofACpYiTtVWfksxxfayXxTuuokJmSU26YvyF/V+lbzC7EdB2E39SyT0P8QxZW&#10;1I4uPYa6EijYNtR/hLK1DBBB45kEW4DWtVS5BqpmOHhWzXIjvMq1EDnRH2mK/y+svN3dB1ZXJR9x&#10;5oSlFn2jRrFKMVQtKjZKFDU+Tgm59ITF9iO01OqDPpIyVd7qYNOfamJkJ7L3R4IpEpOkHE8m56O3&#10;E84k2Ybj88FkkFtQPLn7EPGTAsuSUPJAHczEit1NREqFoAdIus3BdW1M7qJxvykI2GlUHoPeO1XS&#10;ZZwl3BuVvIz7ojTRkBNPijyAamEC2wkaHSGlcphrznEJnVCa7n6JY49Prl1WL3E+euSbweHR2dYO&#10;QmbpWdrV90PKusMTfyd1JxHbVdt3eAXVnhocoNuS6OV1TU24ERHvRaC1oJ7SquMdfbSBpuTQS5xt&#10;IPz8mz7haVrJyllDa1by+GMrguLMfHY0xx+G43Hay3wYT96N6BBOLatTi9vaBVA7hvSoeJnFhEdz&#10;EHUA+0gvwjzdSibhJN1dcjyIC+yWn14UqebzDKJN9AJv3NLLFDrRm0bsoX0UwfdzmJbhFg4LKabP&#10;xrHDJk8H8y2CrvOsJoI7VnviaYvzCPcvTnomTs8Z9fQuzn4BAAD//wMAUEsDBBQABgAIAAAAIQCN&#10;aDKd4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWruFpGmIUyEQV1AL&#10;VOrNjbdJRLyOYrcJf89yguNqn2beFJvJdeKCQ2g9aVjMFQikytuWag0f7y+zDESIhqzpPKGGbwyw&#10;Ka+vCpNbP9IWL7tYCw6hkBsNTYx9LmWoGnQmzH2PxL+TH5yJfA61tIMZOdx1cqlUKp1piRsa0+NT&#10;g9XX7uw0fL6eDvt79VY/u6Qf/aQkubXU+vZmenwAEXGKfzD86rM6lOx09GeyQXQalknGW6KGWbq4&#10;A8HEepUkII6MptkKZFnI/xvKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQW2ybfQIA&#10;AF8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNaDKd&#10;4AAAAAsBAAAPAAAAAAAAAAAAAAAAANcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="76C08DBB" w14:textId="0449274A" w:rsidR="00563EBD" w:rsidRPr="00B0143A" w:rsidRDefault="002C120F" w:rsidP="008B173D">
+                    <w:p w14:paraId="76C08DBB" w14:textId="0449274A" w:rsidR="00563EBD" w:rsidRPr="00C546F6" w:rsidRDefault="002C120F" w:rsidP="008B173D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                         <w:t xml:space="preserve">FICHE DE </w:t>
                       </w:r>
-                      <w:r w:rsidR="008F0FB8">
+                      <w:r w:rsidR="008F0FB8" w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
-                      <w:r w:rsidR="008F0FB8" w:rsidRPr="008F0FB8">
+                      <w:r w:rsidR="008F0FB8" w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                           <w:vertAlign w:val="superscript"/>
                         </w:rPr>
                         <w:t>ÈRE</w:t>
                       </w:r>
-                      <w:r w:rsidR="008F0FB8">
+                      <w:r w:rsidR="008F0FB8" w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                         <w:t xml:space="preserve">DEMANDE DE </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3D3AA54E" w14:textId="7AD26B8A" w:rsidR="00563EBD" w:rsidRDefault="000F1CD6" w:rsidP="008B173D">
+                    <w:p w14:paraId="3D3AA54E" w14:textId="543FC0A6" w:rsidR="00563EBD" w:rsidRPr="00C546F6" w:rsidRDefault="006A40E3" w:rsidP="008B173D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="FF0000"/>
+                          <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="52"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
-                        <w:t>P</w:t>
-[...49 lines deleted...]
-                        <w:t>l</w:t>
+                        <w:t xml:space="preserve">PROGRAMME COURT INTERNATIONAL </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="75747488" w14:textId="5A71C437" w:rsidR="00327520" w:rsidRDefault="00327520" w:rsidP="008B173D">
+                    <w:p w14:paraId="75747488" w14:textId="5A71C437" w:rsidR="00327520" w:rsidRPr="00C546F6" w:rsidRDefault="00327520" w:rsidP="008B173D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:bCs/>
-[...4 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00C546F6">
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
-                          <w:bCs/>
-[...4 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                         <w:t>À LYON</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="59815735" w14:textId="3F343677" w:rsidR="00E14ACB" w:rsidRDefault="00E14ACB" w:rsidP="008B173D">
+                    <w:p w14:paraId="59815735" w14:textId="3F343677" w:rsidR="00E14ACB" w:rsidRPr="00C546F6" w:rsidRDefault="00E14ACB" w:rsidP="008B173D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                          <w:sz w:val="44"/>
-                          <w:szCs w:val="52"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C74AE2E" w14:textId="77777777" w:rsidR="00456508" w:rsidRPr="00E74F6C" w:rsidRDefault="00456508" w:rsidP="0021072B">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7808659B" w14:textId="77777777" w:rsidR="00456508" w:rsidRPr="00E74F6C" w:rsidRDefault="00456508" w:rsidP="0021072B">
-[...10 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="793AE829" w14:textId="7F7976DB" w:rsidR="00D77B1A" w:rsidRPr="00294F1D" w:rsidRDefault="00E14ACB" w:rsidP="00664E03">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidR="005E7F32" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00332FD0" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ervice Formations Internationales de la D</w:t>
+      </w:r>
+      <w:r w:rsidR="0049747B" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>irection des Relations Internationales</w:t>
+      </w:r>
+      <w:r w:rsidR="00332FD0" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> propose</w:t>
+      </w:r>
+      <w:r w:rsidR="000365D4" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00332FD0" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="003876C7" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e vous accompagner dans le montage de vos </w:t>
+      </w:r>
+      <w:r w:rsidR="000F1CD6" w:rsidRPr="00294F1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...75 lines deleted...]
-      <w:r w:rsidR="000F1CD6" w:rsidRPr="00E74F6C">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PROGRAMMES COURTS INTERNATIONAUX</w:t>
+      </w:r>
+      <w:r w:rsidR="002A0778" w:rsidRPr="00294F1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="002A0778">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PCI)</w:t>
+      </w:r>
+      <w:r w:rsidR="003876C7" w:rsidRPr="00294F1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="003876C7" w:rsidRPr="00E74F6C">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03" w:rsidRPr="00294F1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003876C7" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cette fiche vous aidera </w:t>
+      </w:r>
+      <w:r w:rsidR="00705C41" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à comprendre le cadre de gestion de ce dispositif et à </w:t>
+      </w:r>
+      <w:r w:rsidR="003876C7" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">structurer </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3DD8" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">votre </w:t>
+      </w:r>
+      <w:r w:rsidR="003876C7" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>projet.</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00403214" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Les propositions seront examinées par le vice-président chargé de l’internationalisation et de l’</w:t>
+      </w:r>
+      <w:r w:rsidR="0068196A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00403214" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lliance B</w:t>
+      </w:r>
+      <w:r w:rsidR="00885908" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AUHAUS</w:t>
+      </w:r>
+      <w:r w:rsidR="00403214" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4EU.</w:t>
+      </w:r>
+      <w:r w:rsidR="00452BDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Le Service Formations Internationales de la Direction des Relations Internationales vous accompagne dans vos démarches</w:t>
+      </w:r>
+      <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206598220"/>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:bip_pci@univ-lyon2.fr" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bip_pci@univ-lyon2.fr</w:t>
+      </w:r>
+      <w:r w:rsidR="002015F9" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5EAEBC11" w14:textId="2C58DB0E" w:rsidR="00FA3DD8" w:rsidRDefault="003876C7" w:rsidP="00356FEE">
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="38F16807" w14:textId="7803A541" w:rsidR="002015F9" w:rsidRPr="00294F1D" w:rsidRDefault="002015F9" w:rsidP="00664E03">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour l’organisation du programme sur l’année 2026-2027, les candidatures doivent être transmises </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">avant le </w:t>
+      </w:r>
+      <w:r w:rsidR="00294F1D" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mercredi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00294F1D" w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00294F1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">projet. </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/06/2026.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7303CC0F" w14:textId="4EDAB039" w:rsidR="00403214" w:rsidRDefault="00403214" w:rsidP="00403214">
-[...291 lines deleted...]
-    <w:p w14:paraId="5A95B260" w14:textId="0E7AF69B" w:rsidR="001103FD" w:rsidRPr="00E74F6C" w:rsidRDefault="00327520" w:rsidP="00E31743">
+    <w:p w14:paraId="5A95B260" w14:textId="0E7AF69B" w:rsidR="001103FD" w:rsidRPr="00294F1D" w:rsidRDefault="00327520" w:rsidP="00E31743">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E74F6C">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00294F1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ce que vous devez savoir sur les </w:t>
       </w:r>
-      <w:r w:rsidR="002A0778">
+      <w:r w:rsidR="002A0778" w:rsidRPr="00294F1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PCI</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1679"/>
         <w:gridCol w:w="7960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B22AB8" w:rsidRPr="00E74F6C" w14:paraId="61F052A3" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="00B22AB8" w:rsidRPr="00294F1D" w14:paraId="61F052A3" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17E8CA9C" w14:textId="77777777" w:rsidR="00B22AB8" w:rsidRPr="00E74F6C" w:rsidRDefault="00B22AB8" w:rsidP="00446679">
+          <w:p w14:paraId="17E8CA9C" w14:textId="77777777" w:rsidR="00B22AB8" w:rsidRPr="00294F1D" w:rsidRDefault="00B22AB8" w:rsidP="00446679">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modalités pédagogiques et organisationnelles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B1734D" w14:textId="77777777" w:rsidR="00B22AB8" w:rsidRPr="00E74F6C" w:rsidRDefault="00B22AB8" w:rsidP="00446679">
+          <w:p w14:paraId="58B1734D" w14:textId="128B1FFE" w:rsidR="00B22AB8" w:rsidRPr="00294F1D" w:rsidRDefault="00B22AB8" w:rsidP="00446679">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Les contenus devront être dispensés de façon</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> hybride</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
-[...7 lines deleted...]
-              <w:t> : en ligne et en présentiel.</w:t>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: en ligne et en présentiel.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AA12664" w14:textId="77777777" w:rsidR="00B22AB8" w:rsidRPr="00E74F6C" w:rsidRDefault="00B22AB8" w:rsidP="00446679">
+          <w:p w14:paraId="46CAE230" w14:textId="6FA73782" w:rsidR="00286DAB" w:rsidRPr="00294F1D" w:rsidRDefault="00B22AB8" w:rsidP="00286DAB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>En ligne</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
-[...7 lines deleted...]
-              <w:t> : pas de durée minimale, de préférence avant la période en présentiel, pratiques pédagogiques innovantes, en synchrone.</w:t>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: pas de durée minimale, de préférence avant la période en présentiel, pratiques pédagogiques innovantes, en synchrone.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="034AA6DE" w14:textId="77777777" w:rsidR="00B22AB8" w:rsidRPr="00E74F6C" w:rsidRDefault="00B22AB8" w:rsidP="00446679">
+          <w:p w14:paraId="034AA6DE" w14:textId="6E3C7546" w:rsidR="00B22AB8" w:rsidRPr="00294F1D" w:rsidRDefault="00B22AB8" w:rsidP="00286DAB">
             <w:pPr>
-              <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>En présentiel</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: 5 jours minimum en présentiel</w:t>
+            </w:r>
+            <w:r w:rsidR="00286DAB" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à Lyon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F52C1" w:rsidRPr="00E74F6C" w14:paraId="232A7325" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="004F52C1" w:rsidRPr="00294F1D" w14:paraId="232A7325" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41B99786" w14:textId="7A2C61BC" w:rsidR="004F52C1" w:rsidRPr="00E74F6C" w:rsidRDefault="004F52C1" w:rsidP="00446679">
+          <w:p w14:paraId="41B99786" w14:textId="7A2C61BC" w:rsidR="004F52C1" w:rsidRPr="00294F1D" w:rsidRDefault="004F52C1" w:rsidP="00446679">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Public</w:t>
             </w:r>
-            <w:r w:rsidR="00F01715">
+            <w:r w:rsidR="00F01715" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> et effectifs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F3E0902" w14:textId="0261BDEC" w:rsidR="0099506B" w:rsidRPr="00E74F6C" w:rsidRDefault="000C208B" w:rsidP="00446679">
+          <w:p w14:paraId="6F3E0902" w14:textId="6AC69694" w:rsidR="0099506B" w:rsidRPr="00294F1D" w:rsidRDefault="000C208B" w:rsidP="00446679">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etudiant</w:t>
             </w:r>
-            <w:r w:rsidR="00327520" w:rsidRPr="00E74F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00327520" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003D6CD1" w:rsidRPr="00E74F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="003D6CD1" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lyon 2</w:t>
             </w:r>
-            <w:r w:rsidR="00F01715">
+            <w:r w:rsidR="00F01715" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (15 minimum)</w:t>
             </w:r>
-            <w:r w:rsidR="003D6CD1" w:rsidRPr="00E74F6C">
-[...9 lines deleted...]
-            <w:r w:rsidR="00D81A94" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D6CD1" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: niveau </w:t>
+            </w:r>
+            <w:r w:rsidR="00D81A94" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>licence, master</w:t>
             </w:r>
-            <w:r w:rsidR="0095068D">
+            <w:r w:rsidR="0095068D" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, doctorat.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F6D3DD" w14:textId="7B441883" w:rsidR="00F01715" w:rsidRPr="00E74F6C" w:rsidRDefault="003D6CD1" w:rsidP="00446679">
+          <w:p w14:paraId="07F6D3DD" w14:textId="097F9B3B" w:rsidR="00F01715" w:rsidRPr="00294F1D" w:rsidRDefault="003D6CD1" w:rsidP="00446679">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etudiant</w:t>
             </w:r>
-            <w:r w:rsidR="00327520" w:rsidRPr="00E74F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00327520" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
-[...9 lines deleted...]
-            <w:r w:rsidR="00F01715">
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de nos partenaires</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01715" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">minimum 20 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>entrant</w:t>
             </w:r>
-            <w:r w:rsidR="00327520" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="00327520" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B71207" w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: n</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71207" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">iveau </w:t>
             </w:r>
-            <w:r w:rsidR="0099506B" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="0099506B" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>licence, master et doctorat</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F52C1" w:rsidRPr="00E74F6C" w14:paraId="5DC92903" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="004F52C1" w:rsidRPr="00294F1D" w14:paraId="5DC92903" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA8E28A" w14:textId="7294E0D2" w:rsidR="004F52C1" w:rsidRPr="00E74F6C" w:rsidRDefault="004F52C1" w:rsidP="005E7F32">
+          <w:p w14:paraId="4AA8E28A" w14:textId="7294E0D2" w:rsidR="004F52C1" w:rsidRPr="00294F1D" w:rsidRDefault="004F52C1" w:rsidP="005E7F32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Partenaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47AC13F0" w14:textId="559BA67E" w:rsidR="000C208B" w:rsidRDefault="005A734A" w:rsidP="000C208B">
+          <w:p w14:paraId="47AC13F0" w14:textId="559BA67E" w:rsidR="000C208B" w:rsidRPr="00294F1D" w:rsidRDefault="005A734A" w:rsidP="000C208B">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Minimum </w:t>
             </w:r>
-            <w:r w:rsidR="518933AB" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="518933AB" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="13590B4A" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="13590B4A" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>établissements de l’enseignement supérieur</w:t>
             </w:r>
-            <w:r w:rsidR="518933AB" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="518933AB" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="13590B4A" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="13590B4A" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>provenant d’au moins 2 pays</w:t>
             </w:r>
-            <w:r w:rsidR="004968C1" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="004968C1" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> européens</w:t>
             </w:r>
-            <w:r w:rsidR="13590B4A" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="13590B4A" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> avec qui </w:t>
             </w:r>
-            <w:r w:rsidR="00EB6CC3" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="00EB6CC3" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Lyon 2 </w:t>
             </w:r>
-            <w:r w:rsidR="13590B4A" w:rsidRPr="00E74F6C">
+            <w:r w:rsidR="13590B4A" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a déjà des accords.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2966B8B9" w14:textId="77777777" w:rsidR="00D17757" w:rsidRPr="003D1F75" w:rsidRDefault="00D17757" w:rsidP="00D17757">
+          <w:p w14:paraId="2966B8B9" w14:textId="0ED952A0" w:rsidR="00D17757" w:rsidRPr="00294F1D" w:rsidRDefault="00D17757" w:rsidP="00D17757">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00446679">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003D1F75">
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Carte des partenaires</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="003D1F75">
+              <w:r w:rsidRPr="00294F1D">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://lyon2.adv-pub.moveonfr.com/mobilites_samso/</w:t>
+                <w:t>https</w:t>
               </w:r>
-            </w:hyperlink>
-[...51 lines deleted...]
-              <w:r w:rsidRPr="00F1401A">
+              <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
                 <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:iCs/>
-                  <w:color w:val="4472C4" w:themeColor="accent1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>european.agreements@univ-lyon2.fr</w:t>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:iCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>://lyon2.adv-pub.moveonfr.com/</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:iCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>mobilites_samso</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:iCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>/</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4C07AEC9" w14:textId="78C27B3B" w:rsidR="00D17757" w:rsidRPr="00E74F6C" w:rsidRDefault="00327520" w:rsidP="00446679">
+          <w:p w14:paraId="4C07AEC9" w14:textId="0A72D5C7" w:rsidR="00D17757" w:rsidRPr="00294F1D" w:rsidRDefault="00327520" w:rsidP="006F247D">
             <w:pPr>
-              <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Priorisez les partenaires de l’alliance BAUHAUS4EU dans la mesure du possible</w:t>
+              <w:t>Priorisez les partenaires de l’</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="0068196A">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>A</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>lliance BAUHAUS4EU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans la mesure du possible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0778" w:rsidRPr="00E74F6C" w14:paraId="772F3655" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="002A0778" w:rsidRPr="00294F1D" w14:paraId="772F3655" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E81186B" w14:textId="7FED37E5" w:rsidR="002A0778" w:rsidRPr="00E74F6C" w:rsidRDefault="002A0778" w:rsidP="005E7F32">
+          <w:p w14:paraId="2E81186B" w14:textId="7FED37E5" w:rsidR="002A0778" w:rsidRPr="00294F1D" w:rsidRDefault="002A0778" w:rsidP="005E7F32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Financements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6E82F8" w14:textId="19B9C767" w:rsidR="002A0778" w:rsidRDefault="002A0778" w:rsidP="00446679">
+          <w:p w14:paraId="6C6E82F8" w14:textId="34F93675" w:rsidR="002A0778" w:rsidRPr="00294F1D" w:rsidRDefault="002A0778" w:rsidP="00446679">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Plusieurs financements possibles : </w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Plusieurs financements possibles</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75EB13F9" w14:textId="77777777" w:rsidR="002A0778" w:rsidRDefault="002A0778" w:rsidP="00446679">
+          <w:p w14:paraId="75EB13F9" w14:textId="0B517918" w:rsidR="002A0778" w:rsidRPr="00294F1D" w:rsidRDefault="002A0778" w:rsidP="00446679">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Erasmus + sous la forme d’un Blended Intensive Program (BIP)</w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erasmus+ sous la forme d’un Blended Intensive Program (BIP)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29929372" w14:textId="5A2ADDEE" w:rsidR="00403214" w:rsidRPr="00403214" w:rsidRDefault="002A0778" w:rsidP="00446679">
+          <w:p w14:paraId="29929372" w14:textId="5A2ADDEE" w:rsidR="00403214" w:rsidRPr="00294F1D" w:rsidRDefault="002A0778" w:rsidP="00446679">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Financements de l’université </w:t>
             </w:r>
-            <w:r w:rsidR="00F01715">
+            <w:r w:rsidR="00F01715" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(budget en composante</w:t>
             </w:r>
-            <w:r w:rsidR="00403214">
+            <w:r w:rsidR="00403214" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, HTEC des maquettes de formations…)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14ACB" w:rsidRPr="00E74F6C" w14:paraId="78DB2560" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w14:paraId="78DB2560" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3090D3E6" w14:textId="14CA0002" w:rsidR="00E14ACB" w:rsidRPr="00053710" w:rsidRDefault="00E14ACB" w:rsidP="00E53F67">
+          <w:p w14:paraId="3090D3E6" w14:textId="14CA0002" w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w:rsidRDefault="00E14ACB" w:rsidP="00E53F67">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00053710">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Positionnement</w:t>
             </w:r>
-            <w:r w:rsidR="00F01715">
+            <w:r w:rsidR="00F01715" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> et valorisation pour les étudiants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5825A7D4" w14:textId="77777777" w:rsidR="00E14ACB" w:rsidRPr="00053710" w:rsidRDefault="00E14ACB" w:rsidP="00E31743">
+          <w:p w14:paraId="5825A7D4" w14:textId="560B03B5" w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w:rsidRDefault="00E14ACB" w:rsidP="00E31743">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00053710">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Plusieurs positionnements possibles : </w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Plusieurs positionnements possibles</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18B4F906" w14:textId="7E6D5033" w:rsidR="00E14ACB" w:rsidRDefault="00E14ACB" w:rsidP="00E31743">
+          <w:p w14:paraId="18B4F906" w14:textId="588BFA13" w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w:rsidRDefault="00E14ACB" w:rsidP="000358B8">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E201E">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TD ou CM en composante</w:t>
             </w:r>
-            <w:r w:rsidRPr="00053710">
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00211C09" w:rsidRPr="00053710">
-[...19 lines deleted...]
-            <w:r w:rsidR="004E201E">
+            <w:r w:rsidR="000358B8" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00211C09" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3ECTS</w:t>
+            </w:r>
+            <w:r w:rsidR="000358B8" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Programme porté par un enseignants pour ces seuls étudiants</w:t>
+            </w:r>
+            <w:r w:rsidR="004E201E" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18D80C0D" w14:textId="77777777" w:rsidR="00F01715" w:rsidRPr="00F01715" w:rsidRDefault="00214C9B" w:rsidP="00E31743">
+          <w:p w14:paraId="3F1DE4B1" w14:textId="2857B7F9" w:rsidR="007C0436" w:rsidRPr="00294F1D" w:rsidRDefault="00356FEE" w:rsidP="00E31743">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hors maquette</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00211C09" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>les étudiants ne pourront pas valoriser leurs ECTS, uniquement leur expérience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w14:paraId="3CE14E97" w14:textId="77777777" w:rsidTr="00E31743">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1679" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4640A93F" w14:textId="12C957BE" w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w:rsidRDefault="000D1A57" w:rsidP="005E7F32">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quand organiser le </w:t>
+            </w:r>
+            <w:r w:rsidR="00A16CBB" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PCI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7960" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49399D89" w14:textId="63178DDA" w:rsidR="00F01715" w:rsidRPr="00294F1D" w:rsidRDefault="00F01715" w:rsidP="006F247D">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="0"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Si TD/CM en composante</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: les périodes d’examens sont à exclure</w:t>
+            </w:r>
+            <w:r w:rsidR="006F247D" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, privilégier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>les semaines intensives</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="425D6690" w14:textId="24DCF80A" w:rsidR="00F01715" w:rsidRPr="00294F1D" w:rsidRDefault="00F01715" w:rsidP="00E31743">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E201E">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
-                <w:iCs/>
-[...74 lines deleted...]
-            <w:r w:rsidRPr="004E201E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Si Hors maquette</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
-                <w:iCs/>
-[...23 lines deleted...]
-              <w:t>les étudiants ne pourront pas valoriser leurs ECTS, uniquement leur expérience</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: aucune contrainte, même après les jurys</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A9A9BB" w14:textId="09E8FE3F" w:rsidR="00E14ACB" w:rsidRPr="00294F1D" w:rsidRDefault="00F01715" w:rsidP="00C546F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Les périodes de fermetures administratives sont à exclure</w:t>
+            </w:r>
+            <w:r w:rsidR="00E31743" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00211C09" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toute autre période proposée sera étudiée.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14ACB" w:rsidRPr="00E74F6C" w14:paraId="3CE14E97" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="00697660" w:rsidRPr="00294F1D" w14:paraId="2014B7A2" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4640A93F" w14:textId="12C957BE" w:rsidR="00E14ACB" w:rsidRPr="00E74F6C" w:rsidRDefault="000D1A57" w:rsidP="005E7F32">
+          <w:p w14:paraId="40F306DA" w14:textId="4342D9FF" w:rsidR="00697660" w:rsidRPr="00294F1D" w:rsidRDefault="00697660" w:rsidP="0EEAA884">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:i/>
+              <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>PCI</w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Accompagnement DRI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="193CB6B3" w14:textId="5B652653" w:rsidR="00F01715" w:rsidRPr="00F01715" w:rsidRDefault="00F01715" w:rsidP="00E31743">
+          <w:p w14:paraId="465AAFBD" w14:textId="157A7934" w:rsidR="00697660" w:rsidRPr="00294F1D" w:rsidRDefault="00697660" w:rsidP="00E31743">
             <w:pPr>
-              <w:pStyle w:val="Paragraphedeliste"/>
-[...9 lines deleted...]
-                <w:i/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F01715">
-[...156 lines deleted...]
-              <w:t>Toute autre période proposée (y compris les périodes des vacances universitaires) sera également étudiée.</w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Le pôle PCI assurera la mise en œuvre des programmes jusqu’à leur intégration dans les maquettes des composantes (pour l’accréditation 2027). Par la suite, le pôle PCI accompagnera les composantes dans la mise en œuvre de ces dispositifs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00697660" w:rsidRPr="00E74F6C" w14:paraId="2014B7A2" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="008C6748" w:rsidRPr="00294F1D" w14:paraId="1189B370" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F306DA" w14:textId="4342D9FF" w:rsidR="00697660" w:rsidRPr="00E74F6C" w:rsidRDefault="00697660" w:rsidP="0EEAA884">
+          <w:p w14:paraId="46CD0BCB" w14:textId="7AB7FB3D" w:rsidR="008C6748" w:rsidRPr="00294F1D" w:rsidRDefault="008C6748" w:rsidP="0EEAA884">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Accompagnement DRI</w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Thématiques à envisager</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6CC3" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (liste non-limitative)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="465AAFBD" w14:textId="157A7934" w:rsidR="00697660" w:rsidRPr="00E74F6C" w:rsidRDefault="00697660" w:rsidP="00E31743">
+          <w:p w14:paraId="0221A5D3" w14:textId="781410DC" w:rsidR="00211C09" w:rsidRPr="00294F1D" w:rsidRDefault="00211C09" w:rsidP="00E31743">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Inclusion</w:t>
+            </w:r>
+            <w:r w:rsidR="005F59A2" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Diversité</w:t>
+            </w:r>
+            <w:r w:rsidR="000275DD" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et égalité des genres</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, la transformation numérique, l’environnement et la lutte contre le changement climatique, participation à la vie démocratique – valeurs communes et engagement civique</w:t>
+            </w:r>
+            <w:r w:rsidR="000275DD" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, interculturalité et multilinguisme…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36051FC8" w14:textId="301E013B" w:rsidR="005F59A2" w:rsidRDefault="005F59A2" w:rsidP="00E31743">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i votre sujet recoupe des thématiques soutenues par</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> l’</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="0068196A">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>A</w:t>
+              </w:r>
+              <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lliance </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>BAUHAUS4EU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Climat, Energie, Mobilité ; </w:t>
+            </w:r>
+            <w:r w:rsidR="008F4F97" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Culture, Créativité</w:t>
+            </w:r>
+            <w:r w:rsidR="00C546F6" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et Société Inclusive ; Transformation numérique et IA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) ET intègre des partenaires de l’</w:t>
+            </w:r>
+            <w:r w:rsidR="0068196A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lliance, nous vous invitons à répondre à l’Appel à Projet</w:t>
+            </w:r>
+            <w:r w:rsidR="0068196A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0068196A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>European</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0068196A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bauhaus Courses (EBC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dédié que vous trouverez</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00294F1D">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="434A396C" w14:textId="294909AC" w:rsidR="0068196A" w:rsidRPr="00294F1D" w:rsidRDefault="0068196A" w:rsidP="00E31743">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068196A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N'hésitez pas à contacter l'équipe </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-            </w:r>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BAUHAUS4EU </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068196A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pour plus d'informations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00452BDD">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>bauhaus4eu@univ-lyon2.fr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C6748" w:rsidRPr="00E74F6C" w14:paraId="1189B370" w14:textId="77777777" w:rsidTr="00E31743">
+      <w:tr w:rsidR="00403214" w:rsidRPr="00294F1D" w14:paraId="3D2A75AC" w14:textId="77777777" w:rsidTr="00E31743">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46CD0BCB" w14:textId="7AB7FB3D" w:rsidR="008C6748" w:rsidRPr="00E74F6C" w:rsidRDefault="008C6748" w:rsidP="0EEAA884">
+          <w:p w14:paraId="2651F3F6" w14:textId="743FF78F" w:rsidR="00403214" w:rsidRPr="00294F1D" w:rsidRDefault="00403214" w:rsidP="0EEAA884">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E74F6C">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (liste non-limitative)</w:t>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Post</w:t>
+            </w:r>
+            <w:r w:rsidR="008352DB" w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7960" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="434A396C" w14:textId="03A75A27" w:rsidR="00211C09" w:rsidRPr="00403214" w:rsidRDefault="00211C09" w:rsidP="00E31743">
-[...107 lines deleted...]
-          <w:p w14:paraId="0E89E03B" w14:textId="77777777" w:rsidR="00403214" w:rsidRPr="00403214" w:rsidRDefault="00403214" w:rsidP="00E31743">
+          <w:p w14:paraId="0E89E03B" w14:textId="77777777" w:rsidR="00403214" w:rsidRPr="00294F1D" w:rsidRDefault="00403214" w:rsidP="00E31743">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00403214">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Evaluer le programme (la partie pédagogique)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A6BE271" w14:textId="77777777" w:rsidR="00403214" w:rsidRPr="00403214" w:rsidRDefault="00403214" w:rsidP="00E31743">
+          <w:p w14:paraId="5A6BE271" w14:textId="77777777" w:rsidR="00403214" w:rsidRPr="00294F1D" w:rsidRDefault="00403214" w:rsidP="00E31743">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00403214">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Travailler en coordination avec la DRI sur la valorisation du programme</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3108E448" w14:textId="4949CD76" w:rsidR="00403214" w:rsidRPr="00403214" w:rsidRDefault="00403214" w:rsidP="00E31743">
+          <w:p w14:paraId="3108E448" w14:textId="4949CD76" w:rsidR="00403214" w:rsidRPr="00294F1D" w:rsidRDefault="00403214" w:rsidP="00E31743">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00403214">
+            <w:r w:rsidRPr="00294F1D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Préparer le futur de ce programme avec les équipes académiques et DRI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2727C57C" w14:textId="64900CE0" w:rsidR="00403214" w:rsidRDefault="00403214" w:rsidP="001D498E">
-[...33 lines deleted...]
-    <w:p w14:paraId="113C0EF8" w14:textId="05455649" w:rsidR="00AC57F7" w:rsidRPr="00E74F6C" w:rsidRDefault="00AC57F7" w:rsidP="00A63FFB">
+    <w:p w14:paraId="113C0EF8" w14:textId="02730BFF" w:rsidR="00AC57F7" w:rsidRPr="00E74F6C" w:rsidRDefault="00AC57F7" w:rsidP="00A63FFB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF4242"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk206598505"/>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>FORMULAIRE DE MANIFESTATION D’INTERÊT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F4B66C" w14:textId="30F0C4B7" w:rsidR="00AC57F7" w:rsidRPr="00E74F6C" w:rsidRDefault="00AC57F7" w:rsidP="00A63FFB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FF4242"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PROGRAMMES COURTS INTERNATIONAUX</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="700F4A2C" w14:textId="36A75D17" w:rsidR="008015AD" w:rsidRDefault="00E951BB" w:rsidP="00356FEE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Merci de remplir un formulaire par programme court proposé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7896090B" w14:textId="01834E7E" w:rsidR="00456508" w:rsidRPr="00E74F6C" w:rsidRDefault="0078238F" w:rsidP="0EEAA884">
+    <w:p w14:paraId="7896090B" w14:textId="160A3D90" w:rsidR="00456508" w:rsidRPr="00E74F6C" w:rsidRDefault="0078238F" w:rsidP="0EEAA884">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>LE. LA  DEMANDEUR.EUSE (Coordinateur.rice Pédagogique) </w:t>
+        <w:t>LE</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74F6C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DEMANDEUR</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03" w:rsidRPr="00664E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>EUSE</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03" w:rsidRPr="00664E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03" w:rsidRPr="00E74F6C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74F6C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E74F6C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Coordinateur.rice</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E03" w:rsidRPr="00664E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>·s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E74F6C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF4242"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pédagogique) </w:t>
       </w:r>
       <w:r w:rsidR="00ED1056" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="5232"/>
       </w:tblGrid>
       <w:tr w:rsidR="006758A5" w:rsidRPr="00E74F6C" w14:paraId="1C882B7E" w14:textId="77777777" w:rsidTr="00311D14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF3000A" w14:textId="1EC09EAF" w:rsidR="00814428" w:rsidRPr="00E31743" w:rsidRDefault="00B22AB8" w:rsidP="00AA4A75">
+          <w:p w14:paraId="0CF3000A" w14:textId="5074873A" w:rsidR="00814428" w:rsidRPr="00E31743" w:rsidRDefault="00664E03" w:rsidP="00AA4A75">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk101947615"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_Hlk101947615"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00664E03">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nom·</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>prénom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00664E03">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00664E03">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00664E03">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>demandeur·se·s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="615532BB" w14:textId="77777777" w:rsidR="00814428" w:rsidRPr="00E31743" w:rsidRDefault="00814428" w:rsidP="002621B0">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006758A5" w:rsidRPr="00E74F6C" w14:paraId="37DA03E8" w14:textId="77777777" w:rsidTr="00311D14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3004,192 +3392,164 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Intitulé de poste / titres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A24FCD2" w14:textId="77777777" w:rsidR="003345F3" w:rsidRPr="00E31743" w:rsidRDefault="003345F3" w:rsidP="002621B0">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="315575C5" w14:textId="77777777" w:rsidR="00356FEE" w:rsidRPr="00E74F6C" w:rsidRDefault="00356FEE" w:rsidP="00356FEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B7A8628" w14:textId="58DEF973" w:rsidR="00814428" w:rsidRPr="00E74F6C" w:rsidRDefault="003345F3" w:rsidP="0EEAA884">
+    <w:p w14:paraId="2B7A8628" w14:textId="285ACD0B" w:rsidR="00814428" w:rsidRPr="00E74F6C" w:rsidRDefault="003345F3" w:rsidP="0EEAA884">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00FB71C1" w:rsidRPr="00E74F6C">
+      <w:r w:rsidR="00664E03">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>OTRE</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E74F6C">
+        <w:t xml:space="preserve">OTRE PROGRAMME COURT INTERNATIONAL </w:t>
+      </w:r>
+      <w:r w:rsidR="009814F9" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009B1B4B" w:rsidRPr="00E74F6C">
+        </w:rPr>
+        <w:t xml:space="preserve">(si un ou plusieurs éléments de cette rubrique ne sont pas encore définis, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22AB8" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009814F9" w:rsidRPr="00E74F6C">
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidR="00403214">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(si un ou plusieurs éléments de cette rubrique ne sont pas encore définis, </w:t>
+        <w:t>ez</w:t>
       </w:r>
       <w:r w:rsidR="00B22AB8" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>contact</w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00356FEE" w:rsidRPr="00E74F6C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>bip_pci@univ-lyon2.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008015AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF4242"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3294,156 +3654,346 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525290BB" w14:textId="77777777" w:rsidR="003345F3" w:rsidRPr="00E31743" w:rsidRDefault="003345F3" w:rsidP="004969D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356FEE" w:rsidRPr="00E74F6C" w14:paraId="17F2CF7B" w14:textId="77777777" w:rsidTr="00B22AB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="268FEA60" w14:textId="3D6B4E79" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="0EEAA884">
+          <w:p w14:paraId="268FEA60" w14:textId="1CCD164D" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="0EEAA884">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Positionnement en maquette envisagé pour les étudiants Lyon 2</w:t>
+              <w:t>Positionnement envisagé pour les étudiants Lyon 2</w:t>
             </w:r>
             <w:r w:rsidR="00D17757" w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (cf. page 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52AEB400" w14:textId="77777777" w:rsidR="00290E3F" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00290E3F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barrer les mentions inutiles :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A1F259C" w14:textId="133C54FF" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00290E3F">
+          <w:p w14:paraId="7A1F259C" w14:textId="758FB424" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00290E3F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>EO composante / TD-CM composante / hors maquette</w:t>
-            </w:r>
+              <w:t>TD-CM composante / hors maquette</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F04266" w:rsidRPr="00E74F6C" w14:paraId="67583348" w14:textId="77777777" w:rsidTr="00B22AB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDAE039" w14:textId="75A96D19" w:rsidR="00F04266" w:rsidRPr="00E31743" w:rsidRDefault="00F04266" w:rsidP="0EEAA884">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Public concerné </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>si positionnement hors-maquette</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33741A63" w14:textId="77777777" w:rsidR="00294F1D" w:rsidRPr="00E31743" w:rsidRDefault="00294F1D" w:rsidP="00294F1D">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31743">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Barrer les mentions inutiles :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD8B9AE" w14:textId="4CC1DCBC" w:rsidR="00F04266" w:rsidRPr="00E31743" w:rsidRDefault="00F04266" w:rsidP="00290E3F">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tous les étudiants / Etudiants en licence / Etudiants en Master </w:t>
+            </w:r>
+            <w:r w:rsidR="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/ Doctorants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F04266" w:rsidRPr="00E74F6C" w14:paraId="396A4839" w14:textId="77777777" w:rsidTr="00B22AB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CC9F76" w14:textId="4B476832" w:rsidR="00F04266" w:rsidRDefault="00F04266" w:rsidP="00356FEE">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Public concerné </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294F1D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>si positionnement en maquette</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1188E015" w14:textId="58E24E3D" w:rsidR="00F04266" w:rsidRDefault="00294F1D" w:rsidP="00356FEE">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00F04266">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>otre cohorte :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C0E3DEC" w14:textId="6883560B" w:rsidR="00294F1D" w:rsidRPr="00E31743" w:rsidRDefault="00294F1D" w:rsidP="00356FEE">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356FEE" w:rsidRPr="00E74F6C" w14:paraId="7B93305F" w14:textId="77777777" w:rsidTr="00B22AB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1946BF89" w14:textId="141DE967" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00356FEE">
+          <w:p w14:paraId="1946BF89" w14:textId="728C6157" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00664E03" w:rsidP="00356FEE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E31743">
-[...5 lines deleted...]
-              <w:t>Année et mois envisagés pour la partie en ligne et en présentiel</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00290E3F" w:rsidRPr="00E31743">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ois envisagés pour la partie en ligne et en présentiel</w:t>
             </w:r>
             <w:r w:rsidR="00D17757" w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> selon le positionnement</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E31743">
+            <w:r w:rsidR="00290E3F" w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D17757" w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(cf. page 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A2EAC42" w14:textId="2F4C8C11" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00356FEE" w:rsidP="00356FEE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
@@ -3632,158 +4182,180 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53DEA258" w14:textId="44B31121" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00356FEE" w:rsidP="00356FEE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356FEE" w:rsidRPr="00E74F6C" w14:paraId="05E529BA" w14:textId="77777777" w:rsidTr="00B22AB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="070A646B" w14:textId="3DAE4671" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00356FEE">
+          <w:p w14:paraId="070A646B" w14:textId="1B8BCA60" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00356FEE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prérequis</w:t>
             </w:r>
             <w:r w:rsidR="00356FEE" w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pour les participants Lyon2</w:t>
+              <w:t xml:space="preserve"> pour les </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0EAA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiants</w:t>
             </w:r>
             <w:r w:rsidR="00C73661" w:rsidRPr="00E31743">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (langues…) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34BB0615" w14:textId="77777777" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00356FEE" w:rsidP="00356FEE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00356FEE" w:rsidRPr="00E74F6C" w14:paraId="6C25451A" w14:textId="77777777" w:rsidTr="00B22AB8">
+      <w:tr w:rsidR="00ED0EAA" w:rsidRPr="00E74F6C" w14:paraId="25085BF8" w14:textId="77777777" w:rsidTr="00B22AB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16C1FC43" w14:textId="7108F2B1" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00290E3F" w:rsidP="00356FEE">
+          <w:p w14:paraId="60D7C1F4" w14:textId="585F7777" w:rsidR="00ED0EAA" w:rsidRPr="00E31743" w:rsidRDefault="00ED0EAA" w:rsidP="00356FEE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E31743">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> (langues…)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Evaluation des étudiants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF74BD7" w14:textId="77777777" w:rsidR="00356FEE" w:rsidRPr="00E31743" w:rsidRDefault="00356FEE" w:rsidP="00356FEE">
+          <w:p w14:paraId="43EB2189" w14:textId="77777777" w:rsidR="00047428" w:rsidRPr="00E31743" w:rsidRDefault="00047428" w:rsidP="00047428">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E31743">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Barrer les mentions inutiles :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50389065" w14:textId="54C9CD7B" w:rsidR="00ED0EAA" w:rsidRPr="00E31743" w:rsidRDefault="00047428" w:rsidP="00356FEE">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Examen écrit / Examen oral / Présentation / Exposition / Autre : préciser</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36FB5000" w14:textId="77777777" w:rsidR="008015AD" w:rsidRDefault="008015AD" w:rsidP="00721F28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="054FA538" w14:textId="38307B69" w:rsidR="00F62799" w:rsidRPr="00E74F6C" w:rsidRDefault="00356FEE" w:rsidP="00721F28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
@@ -3816,100 +4388,108 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>description de la formation) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230795FD" w14:textId="7917AAAC" w:rsidR="00F62799" w:rsidRPr="00E74F6C" w:rsidRDefault="00F62799" w:rsidP="00F62799">
       <w:pPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74F6C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="008015AD" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00E31743">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BCDBB0" w14:textId="77777777" w:rsidR="00E31743" w:rsidRDefault="00E31743" w:rsidP="00902379">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F3BE456" w14:textId="68A839C3" w:rsidR="00ED1056" w:rsidRPr="00E74F6C" w:rsidRDefault="009675FF" w:rsidP="00902379">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00ED1056" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ompétences</w:t>
       </w:r>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> acquises</w:t>
       </w:r>
       <w:r w:rsidR="00DF59D5" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -4079,124 +4659,164 @@
       <w:r w:rsidR="006C0F26" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="008015AD" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="008015AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB24748" w14:textId="1FC3362B" w:rsidR="00D77146" w:rsidRPr="00E74F6C" w:rsidRDefault="00DF59D5" w:rsidP="00120A2F">
+    <w:p w14:paraId="0654ECA3" w14:textId="12D5ED93" w:rsidR="00ED0EAA" w:rsidRPr="00E74F6C" w:rsidRDefault="00DF59D5" w:rsidP="00120A2F">
       <w:pPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Programmation du dispositif en ligne : </w:t>
       </w:r>
       <w:r w:rsidR="00D77146" w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="008015AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9E9DBE" w14:textId="65067378" w:rsidR="00721F28" w:rsidRPr="00E31743" w:rsidRDefault="00D17757" w:rsidP="00D17757">
+    <w:p w14:paraId="5E9E9DBE" w14:textId="36523EEA" w:rsidR="00721F28" w:rsidRPr="00E31743" w:rsidRDefault="00D17757" w:rsidP="00D17757">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31743">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Réflexion ouverte </w:t>
       </w:r>
       <w:r w:rsidR="008F0FB8" w:rsidRPr="00E31743">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31743">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ur l’avenir du programme (rotation envisagée avec les partenaires…) : </w:t>
+        <w:t>ur l’avenir d</w:t>
+      </w:r>
+      <w:r w:rsidR="004873EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e votre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31743">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> programme</w:t>
+      </w:r>
+      <w:r w:rsidR="004873EF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> court international</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31743">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (rotation envisagée avec les partenaires…) : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4F8592" w14:textId="2BBCC6C8" w:rsidR="00D17757" w:rsidRDefault="00D17757" w:rsidP="00D17757">
       <w:pPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4246,161 +4866,232 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77A11E34" w14:textId="60DDF3B2" w:rsidR="4EA2591C" w:rsidRDefault="00CE66D4" w:rsidP="00C67D35">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="6FBF1DDA" wp14:editId="522F7362">
                 <wp:extent cx="2234565" cy="1128409"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="14605"/>
                 <wp:docPr id="1813114123" name="Zone de texte 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2234565" cy="1128409"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="49A9B7EF" w14:textId="6696FFCC" w:rsidR="00563EBD" w:rsidRPr="00290E3F" w:rsidRDefault="00563EBD">
+                          <w:p w14:paraId="49A9B7EF" w14:textId="7F1664C1" w:rsidR="00563EBD" w:rsidRPr="00290E3F" w:rsidRDefault="00563EBD">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00290E3F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Nom et signature du </w:t>
+                              <w:t>Nom et signature d</w:t>
                             </w:r>
+                            <w:r w:rsidR="00ED0EAA">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>es</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00290E3F">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidR="002033B9" w:rsidRPr="00290E3F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>demandeur.euse</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidR="00ED0EAA" w:rsidRPr="00664E03">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>·</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00ED0EAA" w:rsidRPr="00ED0EAA">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>s</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00290E3F">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> de la candidature</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6FBF1DDA" id="Zone de texte 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:175.95pt;height:88.85pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZrvE/MgIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X/yI0yVGnKJLl2FA&#10;9wC6XXaTJTkWJouepMTufv0oOU2z12WYD4Iokh/Jj6TX12OnyVFap8BUNJullEjDQSizr+jnT7sX&#10;S0qcZ0YwDUZW9EE6er15/mw99KXMoQUtpCUIYlw59BVtve/LJHG8lR1zM+ilQWUDtmMeRbtPhGUD&#10;onc6ydP0KhnAit4Cl87h6+2kpJuI3zSS+w9N46QnuqKYm4+njWcdzmSzZuXesr5V/JQG+4csOqYM&#10;Bj1D3TLPyMGq36A6xS04aPyMQ5dA0yguYw1YTZb+Us19y3oZa0FyXH+myf0/WP7++NESJbB3y2ye&#10;ZUWWzykxrMNefcGOESGJl6OXJA9cDb0r0eW+Ryc/voIR/WLdrr8D/tURA9uWmb28sRaGVjKBuWbB&#10;M7lwnXBcAKmHdyAwFjt4iEBjY7tAJFJDEB179nDuE+ZBOD7m+bxYXC0o4ajLsnxZpKsYg5WP7r11&#10;/o2EjoRLRS0OQoRnxzvnQzqsfDQJ0RxoJXZK6yjYfb3VlhwZDs0ufif0n8y0IUNFV4t8MTHwV4g0&#10;fn+C6JTH6deqq+jybMTKwNtrI+Jseqb0dMeUtTkRGbibWPRjPU79CwECyTWIB2TWwjTsuJx4acF+&#10;p2TAQa+o+3ZgVlKi3xrsziorirAZUSgWL3MU7KWmvtQwwxGqop6S6br1cZsCbwZusIuNivw+ZXJK&#10;GQc40n5atrAhl3K0evolbH4AAAD//wMAUEsDBBQABgAIAAAAIQDKgBxV3AAAAAUBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVKoWlDnAohgeAGbQVXN94mEfY62G4a/p6FC1xG&#10;Ws1o5m25Gp0VA4bYeVIwnWQgkGpvOmoUbDcPlwsQMWky2npCBV8YYVWdnpS6MP5IrzisUyO4hGKh&#10;FbQp9YWUsW7R6TjxPRJ7ex+cTnyGRpqgj1zurLzKsrl0uiNeaHWP9y3WH+uDU7C4fhre4/Ps5a2e&#10;7+0yXeTD42dQ6vxsvLsFkXBMf2H4wWd0qJhp5w9korAK+JH0q+zNbqZLEDsO5XkOsirlf/rqGwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABmu8T8yAgAAWgQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMqAHFXcAAAABQEAAA8AAAAAAAAAAAAAAAAA&#10;jAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="49A9B7EF" w14:textId="6696FFCC" w:rsidR="00563EBD" w:rsidRPr="00290E3F" w:rsidRDefault="00563EBD">
+                    <w:p w14:paraId="49A9B7EF" w14:textId="7F1664C1" w:rsidR="00563EBD" w:rsidRPr="00290E3F" w:rsidRDefault="00563EBD">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00290E3F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Nom et signature du </w:t>
+                        <w:t>Nom et signature d</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00ED0EAA">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>es</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00290E3F">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidR="002033B9" w:rsidRPr="00290E3F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>demandeur.euse</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidR="00ED0EAA" w:rsidRPr="00664E03">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>·</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00ED0EAA" w:rsidRPr="00ED0EAA">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>s</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00290E3F">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> de la candidature</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="22"/>
@@ -4579,121 +5270,121 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>doit être envoyé numériquement au</w:t>
       </w:r>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pôle PCI de la DRI (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E74F6C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>bip_pci@univ-lyon2.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E74F6C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en mettant le RRI et le RAF de votre composante en copie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="456F7570" w14:textId="77777777" w:rsidR="00FC262F" w:rsidRDefault="00FC262F" w:rsidP="00FC262F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC262F" w:rsidSect="00E31743">
-      <w:footerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DEFAF99" w14:textId="77777777" w:rsidR="000C1842" w:rsidRDefault="000C1842" w:rsidP="0076281A">
+    <w:p w14:paraId="43A7CBA7" w14:textId="77777777" w:rsidR="003311F9" w:rsidRDefault="003311F9" w:rsidP="0076281A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="592FBF44" w14:textId="77777777" w:rsidR="000C1842" w:rsidRDefault="000C1842" w:rsidP="0076281A">
+    <w:p w14:paraId="0E5DD1C5" w14:textId="77777777" w:rsidR="003311F9" w:rsidRDefault="003311F9" w:rsidP="0076281A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -4710,50 +5401,51 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
+    <w:altName w:val="Cordia New"/>
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Corps CS)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -5002,139 +5694,141 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00465A66">
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
         <w:color w:val="2B579A"/>
         <w:sz w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57DA2B15" w14:textId="77777777" w:rsidR="000C1842" w:rsidRDefault="000C1842" w:rsidP="0076281A">
+    <w:p w14:paraId="4233D3FD" w14:textId="77777777" w:rsidR="003311F9" w:rsidRDefault="003311F9" w:rsidP="0076281A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="725A21AD" w14:textId="77777777" w:rsidR="000C1842" w:rsidRDefault="000C1842" w:rsidP="0076281A">
+    <w:p w14:paraId="2ED08743" w14:textId="77777777" w:rsidR="003311F9" w:rsidRDefault="003311F9" w:rsidP="0076281A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="403B377D" w14:textId="09A5630B" w:rsidR="00563EBD" w:rsidRDefault="00563EBD">
+  <w:p w14:paraId="403B377D" w14:textId="0E1BC954" w:rsidR="00563EBD" w:rsidRDefault="006A40E3">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
-    <w:r w:rsidRPr="002F3729">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="2B579A"/>
-[...3 lines deleted...]
-        <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28D54AA1" wp14:editId="6433F52A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B07440D" wp14:editId="5ACCFAC6">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:align>left</wp:align>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-318135</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-360045</wp:posOffset>
+            <wp:posOffset>-363220</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7555590" cy="2126379"/>
-[...2 lines deleted...]
-          <wp:docPr id="4" name="Image 4" descr="/Users/alex/Desktop/en tête A4.jpg"/>
+          <wp:extent cx="1854835" cy="1200150"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="17304" y="3086"/>
+              <wp:lineTo x="6433" y="4800"/>
+              <wp:lineTo x="1997" y="6171"/>
+              <wp:lineTo x="1997" y="15771"/>
+              <wp:lineTo x="13532" y="18171"/>
+              <wp:lineTo x="15307" y="18171"/>
+              <wp:lineTo x="15529" y="14743"/>
+              <wp:lineTo x="18191" y="14743"/>
+              <wp:lineTo x="19522" y="12686"/>
+              <wp:lineTo x="19078" y="3086"/>
+              <wp:lineTo x="17304" y="3086"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="/Users/alex/Desktop/en tête A4.jpg"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="1" name="Image 1"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7555590" cy="2126379"/>
+                    <a:ext cx="1854835" cy="1200150"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="076B46A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC28551E"/>
     <w:lvl w:ilvl="0" w:tplc="04F450D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="majorHAnsi" w:hint="default"/>
       </w:rPr>
@@ -6848,381 +7542,407 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0076281A"/>
     <w:rsid w:val="0000044A"/>
     <w:rsid w:val="00004CE4"/>
     <w:rsid w:val="000073E1"/>
     <w:rsid w:val="000275DD"/>
+    <w:rsid w:val="000358B8"/>
     <w:rsid w:val="000365D4"/>
+    <w:rsid w:val="00047428"/>
     <w:rsid w:val="00053710"/>
     <w:rsid w:val="00076C80"/>
     <w:rsid w:val="000802BB"/>
     <w:rsid w:val="000A7D53"/>
     <w:rsid w:val="000B697F"/>
     <w:rsid w:val="000B6AF7"/>
     <w:rsid w:val="000C1842"/>
     <w:rsid w:val="000C208B"/>
     <w:rsid w:val="000C42C3"/>
     <w:rsid w:val="000D1A57"/>
     <w:rsid w:val="000E4A65"/>
     <w:rsid w:val="000E528E"/>
     <w:rsid w:val="000E5798"/>
     <w:rsid w:val="000E6878"/>
     <w:rsid w:val="000E6CEE"/>
     <w:rsid w:val="000F1CD6"/>
     <w:rsid w:val="000F323F"/>
     <w:rsid w:val="000F5854"/>
     <w:rsid w:val="00101CF4"/>
     <w:rsid w:val="001103FD"/>
     <w:rsid w:val="00116C8A"/>
     <w:rsid w:val="00117267"/>
     <w:rsid w:val="00120A2F"/>
     <w:rsid w:val="0012B39E"/>
     <w:rsid w:val="00132ED9"/>
     <w:rsid w:val="00133486"/>
     <w:rsid w:val="00144864"/>
     <w:rsid w:val="00150307"/>
     <w:rsid w:val="001675EF"/>
     <w:rsid w:val="00174F68"/>
     <w:rsid w:val="0019020B"/>
     <w:rsid w:val="00197409"/>
+    <w:rsid w:val="001B300A"/>
     <w:rsid w:val="001C0D1F"/>
     <w:rsid w:val="001C6043"/>
     <w:rsid w:val="001D498E"/>
     <w:rsid w:val="001F1B2D"/>
+    <w:rsid w:val="002015F9"/>
     <w:rsid w:val="002033B9"/>
     <w:rsid w:val="0021072B"/>
     <w:rsid w:val="00211C09"/>
     <w:rsid w:val="00214C9B"/>
     <w:rsid w:val="00220615"/>
     <w:rsid w:val="00227CFC"/>
     <w:rsid w:val="002621B0"/>
     <w:rsid w:val="00282192"/>
     <w:rsid w:val="00283D9D"/>
     <w:rsid w:val="00286442"/>
     <w:rsid w:val="00286C52"/>
+    <w:rsid w:val="00286DAB"/>
     <w:rsid w:val="00290E3F"/>
+    <w:rsid w:val="00294F1D"/>
     <w:rsid w:val="00297CC9"/>
     <w:rsid w:val="002A0778"/>
+    <w:rsid w:val="002A51B1"/>
     <w:rsid w:val="002A7426"/>
     <w:rsid w:val="002C120F"/>
     <w:rsid w:val="002C25BA"/>
     <w:rsid w:val="002C27A2"/>
     <w:rsid w:val="002E1010"/>
     <w:rsid w:val="002E240E"/>
     <w:rsid w:val="002E7F99"/>
     <w:rsid w:val="002F3729"/>
     <w:rsid w:val="00303CF8"/>
     <w:rsid w:val="00311D14"/>
     <w:rsid w:val="0031302B"/>
     <w:rsid w:val="00327520"/>
+    <w:rsid w:val="003311F9"/>
     <w:rsid w:val="00332FD0"/>
     <w:rsid w:val="00333838"/>
     <w:rsid w:val="00333E6C"/>
     <w:rsid w:val="003345F3"/>
+    <w:rsid w:val="0033568D"/>
     <w:rsid w:val="003472BE"/>
     <w:rsid w:val="00356FEE"/>
     <w:rsid w:val="003656C4"/>
     <w:rsid w:val="00371443"/>
     <w:rsid w:val="00372992"/>
     <w:rsid w:val="003876C7"/>
     <w:rsid w:val="003B1857"/>
     <w:rsid w:val="003C78FC"/>
     <w:rsid w:val="003D6CD1"/>
     <w:rsid w:val="003F2725"/>
     <w:rsid w:val="003F53FE"/>
     <w:rsid w:val="00403214"/>
     <w:rsid w:val="0041327E"/>
     <w:rsid w:val="004438D1"/>
     <w:rsid w:val="00446679"/>
+    <w:rsid w:val="00452BDD"/>
     <w:rsid w:val="00456508"/>
     <w:rsid w:val="00457093"/>
     <w:rsid w:val="00465A66"/>
     <w:rsid w:val="00481509"/>
     <w:rsid w:val="0048435E"/>
     <w:rsid w:val="00484B0C"/>
+    <w:rsid w:val="004873EF"/>
     <w:rsid w:val="004968C1"/>
     <w:rsid w:val="004969D4"/>
     <w:rsid w:val="0049747B"/>
     <w:rsid w:val="004C5BB7"/>
     <w:rsid w:val="004D0957"/>
     <w:rsid w:val="004E1AFD"/>
     <w:rsid w:val="004E201E"/>
     <w:rsid w:val="004E519A"/>
     <w:rsid w:val="004F3D01"/>
     <w:rsid w:val="004F52C1"/>
     <w:rsid w:val="004F7ED8"/>
     <w:rsid w:val="00504162"/>
     <w:rsid w:val="00507A26"/>
     <w:rsid w:val="00517D47"/>
     <w:rsid w:val="00517E06"/>
     <w:rsid w:val="00545351"/>
     <w:rsid w:val="005566AF"/>
     <w:rsid w:val="005571A9"/>
     <w:rsid w:val="005609C1"/>
     <w:rsid w:val="00563EBD"/>
     <w:rsid w:val="005663C6"/>
     <w:rsid w:val="005744A1"/>
     <w:rsid w:val="005749A4"/>
     <w:rsid w:val="00576504"/>
     <w:rsid w:val="005804E1"/>
     <w:rsid w:val="00591EE7"/>
     <w:rsid w:val="005A734A"/>
     <w:rsid w:val="005B5462"/>
     <w:rsid w:val="005C51AF"/>
     <w:rsid w:val="005DEE38"/>
     <w:rsid w:val="005E4563"/>
     <w:rsid w:val="005E673F"/>
     <w:rsid w:val="005E7F32"/>
     <w:rsid w:val="005F1833"/>
+    <w:rsid w:val="005F59A2"/>
     <w:rsid w:val="00611E16"/>
     <w:rsid w:val="00615AD2"/>
     <w:rsid w:val="00622400"/>
     <w:rsid w:val="00622A79"/>
     <w:rsid w:val="006331B4"/>
     <w:rsid w:val="00646C91"/>
     <w:rsid w:val="006609F9"/>
     <w:rsid w:val="006644C2"/>
+    <w:rsid w:val="00664E03"/>
     <w:rsid w:val="00666A27"/>
     <w:rsid w:val="006758A5"/>
     <w:rsid w:val="00675900"/>
+    <w:rsid w:val="0068196A"/>
     <w:rsid w:val="00693D43"/>
     <w:rsid w:val="00697660"/>
+    <w:rsid w:val="006A40E3"/>
     <w:rsid w:val="006C0F26"/>
     <w:rsid w:val="006E5A81"/>
     <w:rsid w:val="006E7BEA"/>
     <w:rsid w:val="006F077B"/>
+    <w:rsid w:val="006F247D"/>
+    <w:rsid w:val="00701FBC"/>
     <w:rsid w:val="00705C41"/>
     <w:rsid w:val="00707D3A"/>
     <w:rsid w:val="007124DC"/>
     <w:rsid w:val="007144A3"/>
     <w:rsid w:val="007156DC"/>
     <w:rsid w:val="007166FA"/>
     <w:rsid w:val="00721F28"/>
     <w:rsid w:val="00733FBA"/>
     <w:rsid w:val="00761BC4"/>
     <w:rsid w:val="0076281A"/>
     <w:rsid w:val="00771A30"/>
     <w:rsid w:val="0078238F"/>
     <w:rsid w:val="00782B8E"/>
     <w:rsid w:val="007A58E9"/>
     <w:rsid w:val="007A7899"/>
     <w:rsid w:val="007AD15C"/>
     <w:rsid w:val="007C0436"/>
     <w:rsid w:val="007E18EE"/>
     <w:rsid w:val="007E3A2E"/>
     <w:rsid w:val="007F05F8"/>
     <w:rsid w:val="007F463E"/>
     <w:rsid w:val="008015AD"/>
     <w:rsid w:val="008039CF"/>
     <w:rsid w:val="008045C7"/>
     <w:rsid w:val="00804CA1"/>
     <w:rsid w:val="008075D7"/>
     <w:rsid w:val="00814428"/>
     <w:rsid w:val="008352DB"/>
     <w:rsid w:val="00835DF3"/>
     <w:rsid w:val="00850485"/>
     <w:rsid w:val="00850644"/>
     <w:rsid w:val="00855647"/>
     <w:rsid w:val="00866596"/>
     <w:rsid w:val="00877131"/>
+    <w:rsid w:val="00885908"/>
     <w:rsid w:val="00886408"/>
     <w:rsid w:val="008A45C2"/>
     <w:rsid w:val="008B173D"/>
     <w:rsid w:val="008B2CA7"/>
     <w:rsid w:val="008C6748"/>
     <w:rsid w:val="008E4064"/>
     <w:rsid w:val="008F0FB8"/>
+    <w:rsid w:val="008F4F97"/>
     <w:rsid w:val="008F59B0"/>
     <w:rsid w:val="00902379"/>
     <w:rsid w:val="009039C1"/>
     <w:rsid w:val="009139E2"/>
     <w:rsid w:val="00913B9E"/>
     <w:rsid w:val="00924A44"/>
     <w:rsid w:val="00926060"/>
     <w:rsid w:val="00934204"/>
     <w:rsid w:val="009371AA"/>
     <w:rsid w:val="009461A9"/>
     <w:rsid w:val="0094661B"/>
     <w:rsid w:val="0095068D"/>
     <w:rsid w:val="00952CCD"/>
     <w:rsid w:val="00960CD8"/>
     <w:rsid w:val="009675FF"/>
     <w:rsid w:val="009814F9"/>
     <w:rsid w:val="0098312C"/>
     <w:rsid w:val="009918C4"/>
     <w:rsid w:val="0099506B"/>
     <w:rsid w:val="009A08CB"/>
     <w:rsid w:val="009A1664"/>
     <w:rsid w:val="009A75D5"/>
     <w:rsid w:val="009B1B4B"/>
     <w:rsid w:val="009B2FE8"/>
     <w:rsid w:val="009C179A"/>
     <w:rsid w:val="009C3978"/>
     <w:rsid w:val="009C44B0"/>
     <w:rsid w:val="009D11E8"/>
     <w:rsid w:val="009D3947"/>
     <w:rsid w:val="009D6970"/>
     <w:rsid w:val="009F684E"/>
     <w:rsid w:val="00A06A32"/>
     <w:rsid w:val="00A076EF"/>
     <w:rsid w:val="00A16CBB"/>
     <w:rsid w:val="00A31942"/>
     <w:rsid w:val="00A43FAA"/>
     <w:rsid w:val="00A44B39"/>
     <w:rsid w:val="00A53073"/>
     <w:rsid w:val="00A63FFB"/>
     <w:rsid w:val="00A714FB"/>
     <w:rsid w:val="00A86480"/>
     <w:rsid w:val="00AA4A75"/>
     <w:rsid w:val="00AB06D7"/>
     <w:rsid w:val="00AC57F7"/>
+    <w:rsid w:val="00AD0345"/>
     <w:rsid w:val="00AD17B3"/>
     <w:rsid w:val="00AF3FA5"/>
     <w:rsid w:val="00B0143A"/>
     <w:rsid w:val="00B02273"/>
     <w:rsid w:val="00B22AB8"/>
     <w:rsid w:val="00B309D6"/>
     <w:rsid w:val="00B412EB"/>
     <w:rsid w:val="00B43E4E"/>
     <w:rsid w:val="00B4749F"/>
     <w:rsid w:val="00B57FD1"/>
     <w:rsid w:val="00B60B78"/>
     <w:rsid w:val="00B64A17"/>
     <w:rsid w:val="00B71207"/>
     <w:rsid w:val="00B72DCD"/>
     <w:rsid w:val="00B86C55"/>
     <w:rsid w:val="00BA49E9"/>
     <w:rsid w:val="00BC5675"/>
     <w:rsid w:val="00BC77B8"/>
     <w:rsid w:val="00BE6597"/>
     <w:rsid w:val="00BF7C5B"/>
     <w:rsid w:val="00C0160B"/>
     <w:rsid w:val="00C02A65"/>
     <w:rsid w:val="00C04FC3"/>
     <w:rsid w:val="00C0604B"/>
     <w:rsid w:val="00C263B3"/>
     <w:rsid w:val="00C27D2E"/>
     <w:rsid w:val="00C30722"/>
     <w:rsid w:val="00C37B7E"/>
+    <w:rsid w:val="00C546F6"/>
     <w:rsid w:val="00C67D35"/>
     <w:rsid w:val="00C73661"/>
     <w:rsid w:val="00C73892"/>
     <w:rsid w:val="00C73D3F"/>
     <w:rsid w:val="00C952F1"/>
     <w:rsid w:val="00CA587B"/>
     <w:rsid w:val="00CA7C73"/>
     <w:rsid w:val="00CB1D62"/>
     <w:rsid w:val="00CB3EB9"/>
     <w:rsid w:val="00CC1A43"/>
     <w:rsid w:val="00CD6F59"/>
     <w:rsid w:val="00CE66D4"/>
     <w:rsid w:val="00CE7AA8"/>
     <w:rsid w:val="00CF19D8"/>
     <w:rsid w:val="00D17757"/>
     <w:rsid w:val="00D26A7A"/>
     <w:rsid w:val="00D379BE"/>
     <w:rsid w:val="00D37D11"/>
     <w:rsid w:val="00D66ABF"/>
     <w:rsid w:val="00D77146"/>
     <w:rsid w:val="00D77A61"/>
+    <w:rsid w:val="00D77B1A"/>
     <w:rsid w:val="00D81A94"/>
     <w:rsid w:val="00D856B2"/>
     <w:rsid w:val="00D87C0F"/>
+    <w:rsid w:val="00DB301A"/>
     <w:rsid w:val="00DF16CB"/>
     <w:rsid w:val="00DF306A"/>
     <w:rsid w:val="00DF59D5"/>
     <w:rsid w:val="00E00536"/>
     <w:rsid w:val="00E141B8"/>
     <w:rsid w:val="00E14ACB"/>
     <w:rsid w:val="00E212B8"/>
     <w:rsid w:val="00E31743"/>
     <w:rsid w:val="00E370D5"/>
     <w:rsid w:val="00E425DA"/>
     <w:rsid w:val="00E50FAB"/>
     <w:rsid w:val="00E66887"/>
     <w:rsid w:val="00E7265B"/>
     <w:rsid w:val="00E74F6C"/>
     <w:rsid w:val="00E76D6C"/>
     <w:rsid w:val="00E82A54"/>
     <w:rsid w:val="00E951BB"/>
     <w:rsid w:val="00E9614A"/>
     <w:rsid w:val="00EA16B7"/>
     <w:rsid w:val="00EB1ECD"/>
     <w:rsid w:val="00EB6CC3"/>
     <w:rsid w:val="00EC4866"/>
+    <w:rsid w:val="00ED0EAA"/>
     <w:rsid w:val="00ED1056"/>
     <w:rsid w:val="00ED1589"/>
     <w:rsid w:val="00ED4A93"/>
     <w:rsid w:val="00F01715"/>
+    <w:rsid w:val="00F04266"/>
     <w:rsid w:val="00F13CC7"/>
     <w:rsid w:val="00F32233"/>
     <w:rsid w:val="00F45339"/>
     <w:rsid w:val="00F60C51"/>
     <w:rsid w:val="00F62799"/>
     <w:rsid w:val="00F67077"/>
     <w:rsid w:val="00F760A5"/>
     <w:rsid w:val="00FA0156"/>
     <w:rsid w:val="00FA03F0"/>
     <w:rsid w:val="00FA3DD8"/>
     <w:rsid w:val="00FB71C1"/>
     <w:rsid w:val="00FC262F"/>
     <w:rsid w:val="00FC6ECF"/>
     <w:rsid w:val="00FF4CF6"/>
     <w:rsid w:val="0294A288"/>
     <w:rsid w:val="02C7FD77"/>
     <w:rsid w:val="05401339"/>
     <w:rsid w:val="0546C9BD"/>
     <w:rsid w:val="06004049"/>
     <w:rsid w:val="06298129"/>
     <w:rsid w:val="09675F32"/>
     <w:rsid w:val="0A81B626"/>
     <w:rsid w:val="0EEAA884"/>
     <w:rsid w:val="0F6157BA"/>
     <w:rsid w:val="10FD281B"/>
@@ -7336,51 +8056,51 @@
     <w:rsid w:val="77ED323E"/>
     <w:rsid w:val="78D404E5"/>
     <w:rsid w:val="79C8CF8A"/>
     <w:rsid w:val="7C76C0E0"/>
     <w:rsid w:val="7C79BBD4"/>
     <w:rsid w:val="7EE79C31"/>
     <w:rsid w:val="7EF71737"/>
     <w:rsid w:val="7F979725"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1376C8FF"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
@@ -8078,50 +8798,62 @@
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E5A81"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DB301A"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="118032073">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="869991754">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8182,55 +8914,55 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1774858085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyon2.adv-pub.moveonfr.com/mobilites_samso/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bip_pci@univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bip_pci@univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:european.agreements@univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyon2.adv-pub.moveonfr.com/mobilites_samso/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bip_pci@univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\mclerte\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\1YIT9Z46\bauhaus4eu@univ-lyon2.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-lyon2.fr/international/actualites/appel-a-projet-bauhaus4eu-european-bauhaus-courses-ebc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bauhaus4.eu/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bauhaus4.eu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bip_pci@univ-lyon2.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Bureau">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8471,70 +9203,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC7E063C-811A-4754-96E5-C8AFC8455182}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1193</Words>
-  <Characters>6564</Characters>
+  <Words>1247</Words>
+  <Characters>6862</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7742</CharactersWithSpaces>
+  <CharactersWithSpaces>8093</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Utilisateur de Microsoft Office</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>